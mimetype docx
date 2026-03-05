--- v0 (2025-12-06)
+++ v1 (2026-03-05)
@@ -44,51 +44,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7742">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Приложение №1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001F7742" w:rsidR="00750DB6" w:rsidP="00750DB6" w:rsidRDefault="00750DB6">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7742">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>К договору № _______ от «____» __________2025 г.</w:t>
+        <w:t>К договору № _______ от «____» __________2026 г.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidRPr="001F7742" w:rsidR="00750DB6" w:rsidP="00750DB6" w:rsidRDefault="00750DB6">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7742">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>УЧЕБНЫЙ ПЛАН</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001F7742" w:rsidR="00750DB6" w:rsidP="00750DB6" w:rsidRDefault="00750DB6">