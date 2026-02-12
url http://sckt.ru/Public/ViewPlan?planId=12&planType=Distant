--- v0 (2025-10-08)
+++ v1 (2026-02-12)
@@ -41,51 +41,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7742">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Приложение №1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001F7742" w:rsidR="008215D6" w:rsidP="008215D6" w:rsidRDefault="008215D6">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7742">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>К договору № _______ от «____» __________2025 г.</w:t>
+        <w:t>К договору № _______ от «____» __________2026 г.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001F7742" w:rsidR="00EA2AAA" w:rsidP="007C1CFC" w:rsidRDefault="00EA2AAA">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7742">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>УЧЕБНЫЙ ПЛАН</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008778FD" w:rsidP="00EA2AAA" w:rsidRDefault="00EA2AAA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>